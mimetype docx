--- v0 (2025-12-19)
+++ v1 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="60486972" w14:textId="77777777" w:rsidR="00F27611" w:rsidRPr="00782F5A" w:rsidRDefault="00A46B54" w:rsidP="009B4650">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00782F5A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Formblattsammlung</w:t>
       </w:r>
       <w:r w:rsidR="00807131" w:rsidRPr="00782F5A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1529,84 +1529,84 @@
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00336341" w:rsidRPr="00101BD5">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00101BD5">
         <w:tab/>
         <w:t>Besondere Vertragsbedingungen</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009B4650" w:rsidSect="000C5629">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="680" w:right="1134" w:bottom="680" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0069797D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="66067C98"/>
     <w:lvl w:ilvl="0" w:tplc="8E1E800E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:color w:val="FF0000"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2598,151 +2598,140 @@
   <w:num w:numId="5" w16cid:durableId="577791039">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="237329168">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1352950389">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1560745645">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="295378551">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2117018129">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="274021529">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:doNotTrackMoves/>
   <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="6FsGjeDkj0nQN2j0NsI9wVbE74jyA7ykVte70XamOEs2BZ1hjOrCzezceI4Q31CDSDsypMTAJhsIuIUyhpNxdg==" w:salt="4mqiPm0BPIkbLeOYr4lWPw=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useNormalStyleForList/>
-[...15 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D353E"/>
     <w:rsid w:val="00017D4A"/>
     <w:rsid w:val="000C5629"/>
     <w:rsid w:val="00101BD5"/>
     <w:rsid w:val="00135683"/>
     <w:rsid w:val="00180EB9"/>
     <w:rsid w:val="001C1F1A"/>
+    <w:rsid w:val="001D4C79"/>
     <w:rsid w:val="002A1C9F"/>
     <w:rsid w:val="00336341"/>
     <w:rsid w:val="00364AFA"/>
     <w:rsid w:val="003810CA"/>
     <w:rsid w:val="003B45E6"/>
     <w:rsid w:val="003D353E"/>
     <w:rsid w:val="003F64C5"/>
     <w:rsid w:val="004715DD"/>
     <w:rsid w:val="004F415B"/>
     <w:rsid w:val="00516A15"/>
     <w:rsid w:val="006358EB"/>
     <w:rsid w:val="00782F5A"/>
     <w:rsid w:val="007E6BCC"/>
     <w:rsid w:val="00807131"/>
     <w:rsid w:val="00851C8B"/>
     <w:rsid w:val="009B4650"/>
     <w:rsid w:val="009D1C0A"/>
     <w:rsid w:val="00A15671"/>
     <w:rsid w:val="00A46B54"/>
     <w:rsid w:val="00A77624"/>
     <w:rsid w:val="00B6305B"/>
     <w:rsid w:val="00BC51AE"/>
     <w:rsid w:val="00C21A0B"/>
     <w:rsid w:val="00C63D77"/>
+    <w:rsid w:val="00CA1AD0"/>
     <w:rsid w:val="00D30FB6"/>
     <w:rsid w:val="00D374C4"/>
     <w:rsid w:val="00D43D10"/>
     <w:rsid w:val="00E60DC1"/>
     <w:rsid w:val="00E85E04"/>
     <w:rsid w:val="00ED32C0"/>
     <w:rsid w:val="00F27611"/>
     <w:rsid w:val="00F504DB"/>
     <w:rsid w:val="00FA0F3D"/>
     <w:rsid w:val="00FE782F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="20762874"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{CA2EC945-37AF-4322-9F98-698C27DA3B1F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3170,51 +3159,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SprechblasentextZchn">
     <w:name w:val="Sprechblasentext Zchn"/>
     <w:link w:val="Sprechblasentext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C1F1A"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>